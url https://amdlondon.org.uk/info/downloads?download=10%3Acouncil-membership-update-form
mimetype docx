--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -3,5102 +3,2695 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29B103C0" w14:textId="77777777" w:rsidR="00C35D7E" w:rsidRDefault="00C35D7E"/>
-    <w:p w14:paraId="06E9A7AF" w14:textId="77777777" w:rsidR="00C35D7E" w:rsidRDefault="00C35D7E"/>
+    <w:p w14:paraId="53AAAC70" w14:textId="77777777" w:rsidR="00C35D7E" w:rsidRDefault="00C35D7E"/>
+    <w:p w14:paraId="55A62B90" w14:textId="77777777" w:rsidR="00C35D7E" w:rsidRDefault="00C35D7E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10350" w:type="dxa"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="1703"/>
         <w:gridCol w:w="23"/>
         <w:gridCol w:w="1679"/>
         <w:gridCol w:w="481"/>
         <w:gridCol w:w="1221"/>
         <w:gridCol w:w="1839"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00980B6A" w14:paraId="6CF1B68B" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00980B6A" w14:paraId="1989DD25" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CD28A43" w14:textId="77777777" w:rsidR="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
+          <w:p w14:paraId="62E227AD" w14:textId="77777777" w:rsidR="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009727B6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>DISTRICT GRAND COUNCIL OF LONDON</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="440F1431" w14:textId="77777777" w:rsidR="009727B6" w:rsidRPr="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
+          <w:p w14:paraId="1918F510" w14:textId="77777777" w:rsidR="009727B6" w:rsidRPr="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11866C34" w14:textId="77777777" w:rsidR="00980B6A" w:rsidRPr="007D3A71" w:rsidRDefault="009727B6" w:rsidP="007D3A71">
+          <w:p w14:paraId="6D7E18CA" w14:textId="77777777" w:rsidR="00980B6A" w:rsidRPr="007D3A71" w:rsidRDefault="009727B6" w:rsidP="007D3A71">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="330CD09E" wp14:editId="0DAC0AA7">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C595355" wp14:editId="49DEB0AE">
                   <wp:extent cx="714375" cy="714375"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="3" name="Picture 3" descr="C:\Users\francesca\Documents\Freemasonry\Allied\Met Council\AMDCrest1.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\francesca\Documents\Freemasonry\Allied\Met Council\AMDCrest1.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="714375" cy="714375"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980B6A" w14:paraId="5ED38200" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00980B6A" w14:paraId="6294651F" w14:textId="77777777" w:rsidTr="003E3407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FF4E06B" w14:textId="77777777" w:rsidR="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
+          <w:p w14:paraId="58F58D50" w14:textId="77777777" w:rsidR="009727B6" w:rsidRDefault="009727B6" w:rsidP="009727B6">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40522E54" w14:textId="198CF01F" w:rsidR="007D3A71" w:rsidRDefault="009727B6" w:rsidP="007D3A71">
+          <w:p w14:paraId="5F3B0ABB" w14:textId="73AA152C" w:rsidR="007D3A71" w:rsidRDefault="009727B6" w:rsidP="007D3A71">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009727B6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">MEMBERSHIP UPDATE </w:t>
             </w:r>
-            <w:r w:rsidR="0093570D">
+            <w:r w:rsidR="00BE01DE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>SUMMARY</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BC834F8" w14:textId="2007808B" w:rsidR="002B6860" w:rsidRPr="002B6860" w:rsidRDefault="002B6860" w:rsidP="007D3A71">
+              <w:t>SHEET</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63BA1B9E" w14:textId="77777777" w:rsidR="00BE01DE" w:rsidRPr="00B55537" w:rsidRDefault="00BE01DE" w:rsidP="007D3A71">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2456E3FC" w14:textId="2664AD22" w:rsidR="00EE36F6" w:rsidRPr="00EE36F6" w:rsidRDefault="002B6860" w:rsidP="007D3A71">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This form should be sent to the Assistant District </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB30A8" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grand </w:t>
+            </w:r>
+            <w:r w:rsidR="005559B3" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Secretary within </w:t>
+            </w:r>
+            <w:r w:rsidR="005559B3" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>7 days</w:t>
+            </w:r>
+            <w:r w:rsidR="005559B3" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the meeting</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE36F6" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77178B83" w14:textId="1AD97B2B" w:rsidR="002B6860" w:rsidRPr="00EE36F6" w:rsidRDefault="00EE36F6" w:rsidP="007D3A71">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please send by email to s.schofield@amdlondon.org</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE30973" w14:textId="77777777" w:rsidR="008018F0" w:rsidRPr="00B55537" w:rsidRDefault="008018F0" w:rsidP="007D3A71">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B50AC3" w14:textId="4268DC8C" w:rsidR="005101B0" w:rsidRPr="00EE36F6" w:rsidRDefault="005101B0" w:rsidP="007D3A71">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DO NOT forget t</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE01DE" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hat it is the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE01DE" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Secretary’s responsibility</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE01DE" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o update Keystone Online with the</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE01DE" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>se</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> details</w:t>
+            </w:r>
+            <w:r w:rsidR="008018F0" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5009CA" w14:textId="77777777" w:rsidR="00980B6A" w:rsidRPr="007D3A71" w:rsidRDefault="00980B6A" w:rsidP="007D3A71">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B6860">
-[...91 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E3407" w:rsidRPr="009727B6" w14:paraId="43A3D511" w14:textId="77777777" w:rsidTr="00AE7FF1">
+      <w:tr w:rsidR="003E3407" w:rsidRPr="00EE36F6" w14:paraId="1AFA0889" w14:textId="77777777" w:rsidTr="00AE7FF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="732F2AEA" w14:textId="77777777" w:rsidR="003E3407" w:rsidRPr="002B6860" w:rsidRDefault="003E3407" w:rsidP="00B21505">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="44528B53" w14:textId="2DB7D5CE" w:rsidR="003E3407" w:rsidRDefault="003E3407" w:rsidP="00B21505">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Council Name:</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B6860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:r w:rsidR="00B55537">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F82ED3" w14:textId="29EED6E4" w:rsidR="00B55537" w:rsidRPr="00EE36F6" w:rsidRDefault="00B55537" w:rsidP="00B21505">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="738E48F1" w14:textId="77777777" w:rsidR="003E3407" w:rsidRPr="002B6860" w:rsidRDefault="003E3407" w:rsidP="003E3407">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="59294951" w14:textId="5C3DBAFF" w:rsidR="003E3407" w:rsidRPr="00EE36F6" w:rsidRDefault="003E3407" w:rsidP="003E3407">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Council No:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A11852" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34914228" w14:textId="77777777" w:rsidR="003E3407" w:rsidRPr="002B6860" w:rsidRDefault="003E3407" w:rsidP="003E3407">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1FEE7B39" w14:textId="052AC644" w:rsidR="003E3407" w:rsidRPr="00EE36F6" w:rsidRDefault="003E3407" w:rsidP="003E3407">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Meeting:</w:t>
             </w:r>
-            <w:r w:rsidR="00AE7FF1">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> __/__/__</w:t>
+            <w:r w:rsidR="00AE7FF1" w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3118E" w:rsidRPr="009727B6" w14:paraId="14B8706A" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00E3118E" w:rsidRPr="00EE36F6" w14:paraId="4D7FECC0" w14:textId="77777777" w:rsidTr="003E3407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F31D386" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRPr="003E3407" w:rsidRDefault="00EB30A8" w:rsidP="00E3118E">
+          <w:p w14:paraId="0526268C" w14:textId="634AF0C6" w:rsidR="00EB30A8" w:rsidRDefault="00B55537" w:rsidP="00E3118E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="358CC087" w14:textId="77777777" w:rsidR="00E3118E" w:rsidRPr="001A3AAF" w:rsidRDefault="00D405B1" w:rsidP="00E3118E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B55537">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56280004" wp14:editId="21112611">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-68580</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>111760</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="3248025" cy="1404620"/>
+                      <wp:effectExtent l="0" t="0" r="28575" b="13970"/>
+                      <wp:wrapSquare wrapText="bothSides"/>
+                      <wp:docPr id="217" name="Text Box 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="3248025" cy="1404620"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="1E153332" w14:textId="2B936CEC" w:rsidR="00B55537" w:rsidRDefault="00B55537">
+                                  <w:r>
+                                    <w:t xml:space="preserve">Annual Subscriptions:  </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                              <a:spAutoFit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>20000</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="56280004" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-5.4pt;margin-top:8.8pt;width:255.75pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsYJG7EAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QlXbpR09XSpQhp&#10;uUgLHzBxnMbC8RjbbVK+nrHb7VYL4gHhB8vjGR+fOTOzvBl7zfbSeYWm4tNJzpk0AhtlthX/9nXz&#10;asGZD2Aa0GhkxQ/S85vVyxfLwZZyhh3qRjpGIMaXg614F4Its8yLTvbgJ2ilIWeLrodApttmjYOB&#10;0HudzfL8KhvQNdahkN7T7d3RyVcJv22lCJ/b1svAdMWJW0i7S3sd92y1hHLrwHZKnGjAP7DoQRn6&#10;9Ax1BwHYzqnfoHolHHpsw0Rgn2HbKiFTDpTNNH+WzUMHVqZcSBxvzzL5/wcrPu0f7BfHwvgWRypg&#10;SsLbexTfPTO47sBs5a1zOHQSGvp4GiXLBuvL09MotS99BKmHj9hQkWEXMAGNreujKpQnI3QqwOEs&#10;uhwDE3T5elYs8tmcM0G+aZEXV7NUlgzKx+fW+fBeYs/ioeKOqprgYX/vQ6QD5WNI/M2jVs1GaZ0M&#10;t63X2rE9UAds0koZPAvThg0Vv54Tkb9D5Gn9CaJXgVpZq77ii3MQlFG3d6ZJjRZA6eOZKGtzEjJq&#10;d1QxjPVIgVHQGpsDSerw2LI0YnTo0P3kbKB2rbj/sQMnOdMfDJXleloUsb+TUczfkIbMXXrqSw8Y&#10;QVAVD5wdj+uQZiKlbm+pfBuVhH1icuJKbZj0Po1M7PNLO0U9DfbqFwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFM5/KPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuoFgQ0oIUrj&#10;oBaJU08EejfxNokar9PYQPj7bk/tcTSjmTfFdnK9uOIYOk8algsFAqn2tqNGw+m4n2cgQjRkTe8J&#10;NdwxwLZ8fChMbv2NDnitYiO4hEJuNLQxDrmUoW7RmbDwAxJ7n350JrIcG2lHc+Ny18uVUql0piNe&#10;aM2Auxbrr+riNKTf1Xr2/mFndLjv38baJXZ3SrR+fppeX0BEnOJfGH7xGR1KZjr7C9kgeg3zpWL0&#10;yMYmBcGBRKkNiLOG1TrLQJaF/H+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCsYJG7&#10;EAIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBT&#10;Ofyj3gAAAAoBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;">
+                      <v:textbox style="mso-fit-shape-to-text:t">
+                        <w:txbxContent>
+                          <w:p w14:paraId="1E153332" w14:textId="2B936CEC" w:rsidR="00B55537" w:rsidRDefault="00B55537">
+                            <w:r>
+                              <w:t xml:space="preserve">Annual Subscriptions:  </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B3A726" w14:textId="0A9723F4" w:rsidR="00B55537" w:rsidRDefault="00B55537" w:rsidP="00E3118E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61B0053B" w14:textId="77777777" w:rsidR="00B55537" w:rsidRPr="00EE36F6" w:rsidRDefault="00B55537" w:rsidP="00E3118E">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03E6EF88" w14:textId="00C7E5D1" w:rsidR="00E3118E" w:rsidRPr="00EE36F6" w:rsidRDefault="00D405B1" w:rsidP="008018F0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NAMES OF BRETHREN ADMITTED INTO THE COUNCIL: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C2D6D4" w14:textId="36C3B829" w:rsidR="00E3118E" w:rsidRPr="00E3118E" w:rsidRDefault="00E3118E" w:rsidP="005559B3">
-[...47 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3118E" w:rsidRPr="009727B6" w14:paraId="79A8CE3F" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00E3118E" w:rsidRPr="00EE36F6" w14:paraId="7A67175A" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1008"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02BD4D7B" w14:textId="77777777" w:rsidR="00E3118E" w:rsidRPr="00AE7FF1" w:rsidRDefault="00E3118E" w:rsidP="001A3AAF">
+          <w:p w14:paraId="08F25A37" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00EE36F6" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3352194A" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00AE7FF1" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="547BB031" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00EE36F6" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6FA0E8CD" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00AE7FF1" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28233B31" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00EE36F6" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0B0FE4CE" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00AE7FF1" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AA29626" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00EE36F6" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009727B6" w:rsidRPr="009727B6" w14:paraId="59EEBCE2" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="009727B6" w:rsidRPr="00EE36F6" w14:paraId="2DB4EFD3" w14:textId="77777777" w:rsidTr="003E3407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BFD4597" w14:textId="77777777" w:rsidR="003E3407" w:rsidRPr="003E3407" w:rsidRDefault="003E3407" w:rsidP="00E3118E">
+          <w:p w14:paraId="5FF7D8F2" w14:textId="77777777" w:rsidR="003E3407" w:rsidRPr="00EE36F6" w:rsidRDefault="003E3407" w:rsidP="00E3118E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1E6391B1" w14:textId="77777777" w:rsidR="00E3118E" w:rsidRPr="001A3AAF" w:rsidRDefault="00D405B1" w:rsidP="00E3118E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="444888CD" w14:textId="0D28B211" w:rsidR="009727B6" w:rsidRPr="00EE36F6" w:rsidRDefault="00D405B1" w:rsidP="008018F0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:b/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NAMES OF BRETHREN JOINING THE COUNCIL: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CD8F2FD" w14:textId="1C2FA72D" w:rsidR="009727B6" w:rsidRPr="00E3118E" w:rsidRDefault="00E3118E" w:rsidP="00E3118E">
-[...65 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009727B6" w:rsidRPr="009727B6" w14:paraId="66BD7239" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="009727B6" w:rsidRPr="00EE36F6" w14:paraId="13D5125B" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1008"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36D11660" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00AE7FF1" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
+          <w:p w14:paraId="58E83CFE" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00EE36F6" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0E542669" w14:textId="77777777" w:rsidR="001A3AAF" w:rsidRPr="00AE7FF1" w:rsidRDefault="001A3AAF" w:rsidP="001A3AAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6078C2C6" w14:textId="77777777" w:rsidR="00B21505" w:rsidRPr="00EE36F6" w:rsidRDefault="00B21505" w:rsidP="001A3AAF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009727B6" w:rsidRPr="009727B6" w14:paraId="0BDD0A43" w14:textId="77777777" w:rsidTr="003E3407">
-[...343 lines deleted...]
-      <w:tr w:rsidR="00792DD9" w:rsidRPr="00D1608D" w14:paraId="40070C35" w14:textId="77777777" w:rsidTr="00AE7FF1">
+      <w:tr w:rsidR="00792DD9" w:rsidRPr="00EE36F6" w14:paraId="3497C48A" w14:textId="77777777" w:rsidTr="00AE7FF1">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11C57B3F" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...22 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="407627C5" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FE08D42" w14:textId="14980189" w:rsidR="00792DD9" w:rsidRPr="00EE36F6" w:rsidRDefault="00D405B1" w:rsidP="008018F0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MEMBERSHIP AMENDMENTS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="75BCEE89" w14:textId="77777777" w:rsidTr="00AE7FF1">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="02BD1757" w14:textId="77777777" w:rsidTr="00AE7FF1">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="696C2B10" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3D5BB860" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Amendments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="2158DB31" w14:textId="77777777" w:rsidTr="00AE7FF1">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="4D5E4415" w14:textId="77777777" w:rsidTr="00AE7FF1">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6C17E2EC" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2B351DA1" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6959F7" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2FBE65BC" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Deceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="43AD37AA" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3651A946" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Resigned</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="673D53FD" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="75D7C34F" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Excluded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="36CC0BF1" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="716CA894" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Honorary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF30021" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="708C31C5" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE36F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cessation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="76ACCB08" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="40CC1DCB" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68DD9B2C" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3466BAA9" w14:textId="7F6B370C" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1896E5EA" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6413C7D9" w14:textId="4F2BCE01" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FFF104E" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="65E6C398" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2721796C" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="60EA9068" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A3BEC17" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="21B2DF18" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77DD0F9C" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6625521D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="65C0FCEA" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="797D9C5A" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DF5D961" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="719FC6DD" w14:textId="7D1656D6" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BA15899" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="199D0F7D" w14:textId="04884CAE" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37D0B0D0" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3967E3FC" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C1BDD20" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="61A20F84" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33FEEBFE" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="213A140C" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55B0412B" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4C1FC2B6" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="6A83614B" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="3E028CDB" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B3853C" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="62E41989" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D0B1BAB" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="63B48BE3" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E317D43" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="20676B9E" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B9F3CD8" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3A98524F" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66EE0B93" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="009A663D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="553EEFD3" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3E50D4DA" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00D1608D" w14:paraId="5AD5B14F" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w14:paraId="02867F0A" w14:textId="77777777" w:rsidTr="003E3407">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D386CD0" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="02E294D0" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="001A3AAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08B336FD" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4973AE94" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E515011" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="75FD3463" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="707972F1" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0DCFBBE5" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E3B6E6D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7567F277" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49083492" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2FCDBADD" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRPr="00EE36F6" w:rsidRDefault="00C04DAE" w:rsidP="00792DD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D1608D" w:rsidRPr="00D1608D" w14:paraId="7ED68029" w14:textId="77777777" w:rsidTr="00AE7FF1">
+    </w:tbl>
+    <w:p w14:paraId="4185A1F0" w14:textId="77777777" w:rsidR="006A76A8" w:rsidRDefault="006A76A8" w:rsidP="006A76A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091C8F40" w14:textId="780EF0ED" w:rsidR="006A76A8" w:rsidRPr="006A76A8" w:rsidRDefault="006A76A8" w:rsidP="006A76A8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DEGREES TAKEN BY MEMBERS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B03C3B" w14:textId="3AC442EC" w:rsidR="006A76A8" w:rsidRPr="006A76A8" w:rsidRDefault="006A76A8" w:rsidP="006A76A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nclude </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">those who took a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ceremon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A76A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the Council, not just subscribing members of your unit.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10350" w:type="dxa"/>
+        <w:tblInd w:w="-162" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1839"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A76A8" w:rsidRPr="006A76A8" w14:paraId="72F3F3E6" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5107" w:type="dxa"/>
-[...64 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="10350" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="544EED57" w14:textId="2417ACB0" w:rsidR="006A76A8" w:rsidRPr="006A76A8" w:rsidRDefault="006A76A8" w:rsidP="006A76A8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ceremonies</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w14:paraId="7C9310EA" w14:textId="77777777" w:rsidTr="00AE7FF1">
+      <w:tr w:rsidR="0053443D" w:rsidRPr="006A76A8" w14:paraId="20E00F87" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="05FF924B" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="13E0C1D5" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="389C0237" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3078C4D9" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SLM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="540DCFF2" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="242482B7" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KOC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="30EF5A32" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="27B75DB4" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6963FD7D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="40929736" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3C008FA2" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="52BFBDC5" w14:textId="77777777" w:rsidR="0053443D" w:rsidRPr="006A76A8" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A76A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GHP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w14:paraId="15B6AEAE" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="0053443D" w14:paraId="65BA21A1" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="30FCE3C2" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="4EC0632B" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="70BA61F7" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="45A93A25" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="394D2E6D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="082868E6" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="60FAE270" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="114CEFA9" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="13CDD089" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="4F92F166" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="59C5D62F" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="5343A913" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w14:paraId="791B1DBA" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="0053443D" w14:paraId="209CEBD8" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="1C580861" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="30A914A0" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="7846296E" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="6189109F" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="36B06A01" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="624F7D13" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="28DF8ABF" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="1E7E2F86" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="22DA87D2" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="69F1F78D" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="3499533D" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="02B2CE31" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04DAE" w14:paraId="0110B384" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="0053443D" w14:paraId="1D180BAB" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="20506F38" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="3F10803C" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="48C77A8E" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="77144234" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="27B570CE" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="5F3CBEDF" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="76B552CB" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="38736620" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="25362C49" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="3E21AFCB" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="2A4DADC9" w14:textId="77777777" w:rsidR="00C04DAE" w:rsidRDefault="00C04DAE" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="2D61D43E" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB30A8" w14:paraId="2741C3A4" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="0053443D" w14:paraId="69FF3494" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="78C38AF8" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="3E845AFD" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="00B738E5" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="76A37AC4" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="100E5E52" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="78A9AFC1" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="12451AF4" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="20C87760" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0027B33C" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="459865E2" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="0E13C38D" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="028957F0" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB30A8" w14:paraId="27912DEA" w14:textId="77777777" w:rsidTr="003E3407">
+      <w:tr w:rsidR="0053443D" w14:paraId="5A0C9429" w14:textId="77777777" w:rsidTr="006A76A8">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="20FB38C0" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="7E90F9EA" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="60BCDAAA" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="1AD08949" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="481D9F72" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="4D2F71FC" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="337AC3A3" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="3034C0CA" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="07B01B49" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="72D4E2F7" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-          <w:p w14:paraId="0A13758C" w14:textId="77777777" w:rsidR="00EB30A8" w:rsidRDefault="00EB30A8" w:rsidP="00C705E5">
+          </w:tcPr>
+          <w:p w14:paraId="6C1418E9" w14:textId="77777777" w:rsidR="0053443D" w:rsidRDefault="0053443D" w:rsidP="00C72F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB30A8" w14:paraId="454DA3CB" w14:textId="77777777" w:rsidTr="003E3407">
-[...1263 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11E56D48" w14:textId="77777777" w:rsidR="00E301E5" w:rsidRPr="003E3407" w:rsidRDefault="00E301E5" w:rsidP="003E3407">
+    <w:p w14:paraId="40E289CA" w14:textId="164819F9" w:rsidR="0053443D" w:rsidRPr="003E3407" w:rsidRDefault="0053443D" w:rsidP="006A76A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299E1BE1" w14:textId="77777777" w:rsidR="008607DF" w:rsidRDefault="008607DF" w:rsidP="003E3407">
-[...935 lines deleted...]
-    <w:sectPr w:rsidR="003E3407" w:rsidRPr="003E3407" w:rsidSect="00D67AFD">
+    <w:sectPr w:rsidR="0053443D" w:rsidRPr="003E3407" w:rsidSect="00D67AFD">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1080" w:bottom="1440" w:left="1080" w:header="706" w:footer="706" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22027455" w14:textId="77777777" w:rsidR="00FF4D30" w:rsidRDefault="00FF4D30" w:rsidP="00D67AFD">
+    <w:p w14:paraId="2DE77D82" w14:textId="77777777" w:rsidR="00392332" w:rsidRDefault="00392332" w:rsidP="00D67AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AA5CBED" w14:textId="77777777" w:rsidR="00FF4D30" w:rsidRDefault="00FF4D30" w:rsidP="00D67AFD">
+    <w:p w14:paraId="779042AE" w14:textId="77777777" w:rsidR="00392332" w:rsidRDefault="00392332" w:rsidP="00D67AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-989869874"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="860082579"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="09AB5600" w14:textId="77777777" w:rsidR="00D67AFD" w:rsidRDefault="00D67AFD">
+          <w:p w14:paraId="4D843FEF" w14:textId="77777777" w:rsidR="00D67AFD" w:rsidRDefault="00D67AFD">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5154,86 +2747,289 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C35D7E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0D0EFF91" w14:textId="77777777" w:rsidR="00D67AFD" w:rsidRDefault="00D67AFD">
+  <w:p w14:paraId="6595912F" w14:textId="77777777" w:rsidR="00D67AFD" w:rsidRDefault="00D67AFD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60D3BA15" w14:textId="77777777" w:rsidR="00FF4D30" w:rsidRDefault="00FF4D30" w:rsidP="00D67AFD">
+    <w:p w14:paraId="66FD389F" w14:textId="77777777" w:rsidR="00392332" w:rsidRDefault="00392332" w:rsidP="00D67AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D4BCF45" w14:textId="77777777" w:rsidR="00FF4D30" w:rsidRDefault="00FF4D30" w:rsidP="00D67AFD">
+    <w:p w14:paraId="018428A7" w14:textId="77777777" w:rsidR="00392332" w:rsidRDefault="00392332" w:rsidP="00D67AFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FC80DB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A51805BA"/>
+    <w:lvl w:ilvl="0" w:tplc="2E46B9C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="328F4282"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F6A9CD2"/>
+    <w:lvl w:ilvl="0" w:tplc="FAB0B438">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE15CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF24CA08"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -5278,51 +3074,163 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44D566E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C78B99E"/>
+    <w:lvl w:ilvl="0" w:tplc="88FE1E22">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49465402"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="528E853A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5364,157 +3272,206 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1237014224">
+  <w:num w:numId="1" w16cid:durableId="586769722">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="165557643">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="698091900">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="573855618">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1366905430">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00345D10"/>
     <w:rsid w:val="00054392"/>
+    <w:rsid w:val="00085B10"/>
+    <w:rsid w:val="000C0F65"/>
     <w:rsid w:val="000D3091"/>
+    <w:rsid w:val="00106F65"/>
+    <w:rsid w:val="00133BFF"/>
     <w:rsid w:val="001A3AAF"/>
     <w:rsid w:val="00203898"/>
+    <w:rsid w:val="00265B14"/>
+    <w:rsid w:val="0027696B"/>
     <w:rsid w:val="002B6860"/>
     <w:rsid w:val="00303420"/>
     <w:rsid w:val="00345D10"/>
+    <w:rsid w:val="00392332"/>
     <w:rsid w:val="003E3407"/>
+    <w:rsid w:val="00422CB9"/>
+    <w:rsid w:val="004A0819"/>
+    <w:rsid w:val="005101B0"/>
+    <w:rsid w:val="0053443D"/>
     <w:rsid w:val="005559B3"/>
     <w:rsid w:val="0059701D"/>
     <w:rsid w:val="005A7478"/>
+    <w:rsid w:val="00621DB0"/>
+    <w:rsid w:val="006342A1"/>
     <w:rsid w:val="00636DF4"/>
+    <w:rsid w:val="006A76A8"/>
+    <w:rsid w:val="006C5E66"/>
+    <w:rsid w:val="006D2F72"/>
     <w:rsid w:val="007175C1"/>
     <w:rsid w:val="00792DD9"/>
     <w:rsid w:val="007D3A71"/>
+    <w:rsid w:val="008018F0"/>
     <w:rsid w:val="00831282"/>
     <w:rsid w:val="00837A0C"/>
     <w:rsid w:val="008607DF"/>
     <w:rsid w:val="008B6A3C"/>
-    <w:rsid w:val="0093570D"/>
+    <w:rsid w:val="008D26D2"/>
+    <w:rsid w:val="00946DB2"/>
     <w:rsid w:val="009727B6"/>
     <w:rsid w:val="00980B6A"/>
+    <w:rsid w:val="00985254"/>
+    <w:rsid w:val="00A11852"/>
+    <w:rsid w:val="00A50FAA"/>
+    <w:rsid w:val="00A6061F"/>
+    <w:rsid w:val="00A73692"/>
     <w:rsid w:val="00AE7FF1"/>
     <w:rsid w:val="00B21505"/>
+    <w:rsid w:val="00B55537"/>
+    <w:rsid w:val="00B6506F"/>
+    <w:rsid w:val="00BE01DE"/>
     <w:rsid w:val="00BF2D4E"/>
     <w:rsid w:val="00C04DAE"/>
+    <w:rsid w:val="00C15F2D"/>
     <w:rsid w:val="00C2378C"/>
     <w:rsid w:val="00C35D7E"/>
+    <w:rsid w:val="00C40F5F"/>
     <w:rsid w:val="00C92B13"/>
     <w:rsid w:val="00CA53DB"/>
+    <w:rsid w:val="00CC0EE7"/>
     <w:rsid w:val="00D1608D"/>
+    <w:rsid w:val="00D1655B"/>
     <w:rsid w:val="00D405B1"/>
+    <w:rsid w:val="00D66678"/>
     <w:rsid w:val="00D67AFD"/>
     <w:rsid w:val="00D67B8A"/>
+    <w:rsid w:val="00DC63DC"/>
+    <w:rsid w:val="00DD1372"/>
+    <w:rsid w:val="00DE2BEB"/>
+    <w:rsid w:val="00E20798"/>
+    <w:rsid w:val="00E21BCA"/>
     <w:rsid w:val="00E301E5"/>
     <w:rsid w:val="00E3118E"/>
+    <w:rsid w:val="00E804F5"/>
+    <w:rsid w:val="00E945F4"/>
     <w:rsid w:val="00EB30A8"/>
     <w:rsid w:val="00ED3C28"/>
+    <w:rsid w:val="00EE36F6"/>
     <w:rsid w:val="00F11DEC"/>
     <w:rsid w:val="00F47C50"/>
-    <w:rsid w:val="00FF4D30"/>
+    <w:rsid w:val="00FD6FD6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="070DB2AD"/>
+  <w14:docId w14:val="6D33E6D4"/>
   <w15:docId w15:val="{6DCF276E-BE1A-477B-88BA-266EDC729BC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6012,52 +3969,53 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D67AFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D67AFD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -6292,78 +4250,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F0ADDC2-0285-4A6A-A907-7D8A0D333009}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{049C7BF6-01D6-4BE9-B139-B52BA38AC579}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1218</Characters>
+  <Pages>1</Pages>
+  <Words>117</Words>
+  <Characters>667</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1429</CharactersWithSpaces>
+  <CharactersWithSpaces>783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Neil</dc:creator>
+  <dc:creator>Richard Criddle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>